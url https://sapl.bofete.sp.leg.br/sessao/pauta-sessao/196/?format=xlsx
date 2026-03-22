--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,68 +10,308 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="76">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
+  </si>
+  <si>
+    <t>ordem dia</t>
+  </si>
+  <si>
+    <t>Requerimento nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Henrique Galvão</t>
+  </si>
+  <si>
+    <t>REQUER PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES:_x000D_
+_x000D_
+DIANTE DAS RECENTES NOTÍCIAS PUBLICADAS PELOS PORTAIS DE NOTÍCIAS DA REGIÃO, REQUER QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA DIRETORIA MUNICIPAL DE SAÚDE E DA DIRETORIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, INFORME:_x000D_
+_x000D_
+1-	CONSTA NO SISTEMA DA REDE MUNICIPAL DE SAÚDE REGISTRO DE ATENDIMENTO OU SOLICITAÇÃO DE MEDICAMENTO PARA TRATAMENTO DE REFLUXO EM NOME DA REFERIDA MENOR NOS ÚLTIMOS 6 (SEIS) MESES?_x000D_
+_x000D_
+1.1-	CASO POSITIVO, O MEDICAMENTO PRESCRITO ESTAVA DISPONÍVEL EM ESTOQUE? _x000D_
+_x000D_
+1.2-	SE NÃO ESTAVA, QUAIS AS RAZÕES TÉCNICAS PARA O DESABASTECIMENTO E QUAIS MEDIDAS FORAM TOMADAS PARA A AQUISIÇÃO OU AUXÍLIO À FAMÍLIA NO ACESSO AO FÁRMACO?_x000D_
+_x000D_
+2-	QUAL É O PROTOCOLO OFICIAL DO MUNICÍPIO PARA CASOS DE ÓBITO DOMICILIAR?_x000D_
+_x000D_
+2.1- HOUVE O ACIONAMENTO DE VEÍCULOS DE SOCORRO OU ASSISTÊNCIA APÓS O CHAMADO DA FAMÍLIA NO DIA 5 DE DEZEMBRO? _x000D_
+_x000D_
+2.3- SE SIM, INFORMAR O HORÁRIO DO CHAMADO E O HORÁRIO DE CHEGADA DA EQUIPE AO LOCAL._x000D_
+_x000D_
+2.4- ESCLARECER OS MOTIVOS DA ALEGADA DEMORA DE 6 (SEIS) HORAS PARA A REMOÇÃO DO CORPO, INDICANDO QUAIS ÓRGÃOS FORAM ACIONADOS (SVO, POLÍCIA CIVIL, ETC.) E EM QUE HORÁRIOS._x000D_
+_x000D_
+3-	A SECRETARIA DE ASSISTÊNCIA SOCIAL OU DE SAÚDE REALIZOU ALGUM CONTATO OFICIAL COM A FAMÍLIA APÓS O OCORRIDO PARA OFERECER SUPORTE PSICOLÓGICO OU AUXÍLIO FUNERAL?_x000D_
+_x000D_
+3.1- CASO TENHA OCORRIDO, APRESENTAR RELATÓRIO (PRESERVANDO O SIGILO DA FAMÍLIA) DAS AÇÕES REALIZADAS. CASO CONTRÁRIO, JUSTIFICAR A AUSÊNCIA DE AMPARO.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa na Ordem do Dia</t>
+  </si>
+  <si>
+    <t>Indicação nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Osvaldo do Baiano</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE PROCEDER O AUMENTO DO VALOR TANTO DO CARTÃO FARMÁCIA QUANTO DO CARTÃO ALIMENTAÇÃO DOS SERVIDORES MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO MUNICIPAL ESTUDE A POSSIBILIDADE DE PROCEDER AO AUMENTO SALARIAL DOS CONSELHEIROS TUTELARES DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE PROCEDER O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS, OBEDECENDO O ÍNDICE DE 6,79%, DE ACORDO COM A ATUALIZAÇÃO DO SALÁRIO-MÍNIMO NACIONAL VIGENTE.</t>
+  </si>
+  <si>
+    <t>Indicação nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>Danilo da Adega</t>
+  </si>
+  <si>
+    <t>INDICA  AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA PRAÇA NO BAIRRO RECANTO DOS PÁSSAROS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE EFETUAR, JUNTAMENTE COM A SABESP DO MUNICÍPIO, O NIVELAMENTO DAS TAMPAS DE FERRO QUE SE ENCONTRAM, EM GERAL, NO MEIO DA VIA PÚBLICA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE EFETUAR A TROCA DAS TABELAS DE BASQUETE, ILUMINAÇÃO E TODOS OS REPAROS NECESSÁRIOS NO TELHADO DA QUADRA POLIESPORTIVA GERSON B. PONTES, LOCALIZADA ATRÁS DO ESTÁDIO MUNICIPAL “AMADEU CASSETARI”.</t>
+  </si>
+  <si>
+    <t>Indicação nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Gláucia Bertoncini</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE PROCEDER RETOMADA DAS OBRAS E DO PROJETO DO LATICÍNIO DE BOFETE, POR MEIO DE PARCERIA COM A APRUB – ASSOCIAÇÃO DOS PRODUTORES RURAIS DE BOFETE, VISANDO AO FORTALECIMENTO DA AGRICULTURA FAMILIAR E DA ECONOMIA LOCAL.</t>
+  </si>
+  <si>
+    <t>Indicação nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO PROCEDA COM A DEVIDA URGÊNCIA AS PROVIDÊNCIAS NECESSÁRIAS PARA O ATENDIMENTO DAS DEMANDAS DO CONDOMÍNIO PORTAL DAS COLINAS, CONTEMPLANDO AS SEGUINTES AÇÕES: _x000D_
+_x000D_
+I – PODA DE ÁRVORES E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA;_x000D_
+II – REPARO E RECAPEAMENTO DAS RUAS DO CONDOMÍNIO, COM UTILIZAÇÃO DE PEDRA OU FRESA DE ASFALTO, CONFORME VIABILIDADE TÉCNICA;_x000D_
+III – IMPLANTAÇÃO E/OU MANUTENÇÃO DE PLAYGROUND;_x000D_
+IV – INSTALAÇÃO DE BANCOS DE CONCRETO EM ÁREAS COMUNS;_x000D_
+V – EXECUÇÃO DE MEIO-FIO NAS RUAS;_x000D_
+VI – LIMPEZA DOS BUEIROS;_x000D_
+VII – IMPLANTAÇÃO E MANUTENÇÃO DA SINALIZAÇÃO VIÁRIA;_x000D_
+VIII – ESTUDO DE PARCERIA PARA LIMPEZA DAS FOSSAS SÉPTICAS EXISTENTES;_x000D_
+IX – ADOÇÃO DE MEDIDAS VISANDO À IMPLANTAÇÃO DA REDE DE SANEAMENTO BÁSICO NO CONDOMÍNIO PORTAL DAS COLINAS, POR MEIO DE ESTUDOS E PARCERIA COM A SABESP, TENDO EM VISTA A INEXISTÊNCIA DE REDE DE ESGOTO NO LOCAL.</t>
+  </si>
+  <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO ESTUDE A POSSIBILIDADE DE CONCEDER INCENTIVO FINANCEIRO AOS INTEGRANTES DA ORQUESTRA CARREIRINHO, DESTINADO À MANUTENÇÃO DOS INSTRUMENTOS MUSICAIS E AO CUSTEIO DE EVENTUAIS DESPESAS RELACIONADAS ÀS ATIVIDADES DO GRUPO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE A GESTÃO PROCEDA A MANUTENÇÃO DA PINTURA DA SINALIZAÇÃO HORIZONTAL “PARE” NA ESQUINA COM A RUA LAÉRCIO PAULETTI, NO JARDIM SIRIEMAS, BEM COMO SEJAM REALIZADAS AÇÕES CONTÍNUAS DE MANUTENÇÃO, PINTURA E EMPLACAMENTO DAS SINALIZAÇÕES DE TRÂNSITO EM TODO O MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, SUGERINDO QUE A GESTÃO PROCEDA, COM URGÊNCIA, A MANUTENÇÃO DA RODOVIA HÉLIO CORDEIRO DE CAMPOS, QUE LIGA A SP-147 COM O BAIRRO SÃO ROQUE NOVO.</t>
+  </si>
+  <si>
+    <t>Indicação nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>Aldir Pedro de Oliveira</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, QUE INTERCEDA JUNTO A CPFL PARA QUE SEJA FEITA A PODA DAS ÁRVORES QUE ESTÃO ENCOSTADAS NA REDE ELÉTRICA NA ESTRADA DO BAIRRO JACUTINGA ENTRE A PONTE E O MATA BURRO EM FRENTE AO SÍTIO DO JOIA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>INDICA AO PREFEITO MUNICIPAL, PARA QUE INTERCEDA JUNTO À EMPRESA RESPONSÁVEL PELA MANUTENÇÃO E LIMPEZA DA AVENIDA DA RODOVIA SP-147 QUE ATRAVESSA A CIDADE.</t>
+  </si>
+  <si>
+    <t>Moção nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS, À NOVA DIRETORIA EXECUTIVA ELEITA DO CONSELHO MUNICIPAL DE TURISMO (COMTUR), NAS PESSOAS DO SR. PRESIDENTE, ANGERSON DA SILVA ALVES; DA SRA. VICE-PRESIDENTE, ROSANA BERTONI PERRICONE; DA SRA. SECRETÁRIA-EXECUTIVA, FABIANA IMOTO AMADEO; E DO SR. SECRETÁRIO, LAURINDO MACEDO DA SILVA.</t>
+  </si>
+  <si>
+    <t>Moção nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PÊSAMES, A SER ENCAMINHADA AOS FAMILIARES DO SR. ADENILSON DE SOUZA E DE SUA FILHA EMYLLY GONÇALVES DE SOUZA, EM VIRTUDE DE SEUS FALECIMENTOS, OCORRIDOS NO DIA 23 DE DEZEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>Moção nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>João Aliberti</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PÊSAMES, A SER ENCAMINHADA AOS FAMILIARES DO SRA. MARIA INÊZ ALIBERTI SARTORI, EM VIRTUDE DE SEUS FALECIMENTOS, OCORRIDOS NO DIA 30 DE JANEIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 17 de 2025</t>
+  </si>
+  <si>
+    <t>Poder Executivo - Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO ÚNICO DA LEI COMPLEMENTAR Nº 155, DE 26 DE MAIO DE 2025.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS PRÓPRIOS ATRAVÉS DE TERMO DE COLABORAÇÃO À ENTIDADE QUE ESPECIFICA PARA O QUADRIÊNIO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A TRANSFERÊNCIA DE RECURSOS ATRAVÉS DE TERMO DE COLABORAÇÃO, ORIUNDOS DO PROGRAMA ESPECIAL DE MÉDIA COMPLEXIDADE, DA SECRETARIA ESTADUAL DE ASSISTÊNCIA SOCIAL, À ENTIDADE QUE ESPECÍFICA PARA O QUADRIÊNIO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS, CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>CRIA FUNÇÕES COMISSIONADAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE BOFETE, ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 153/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa no Expediente do Dia</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>INSTITUI A TAXA PELO USO DE ESPAÇO EM EQUIPAMENTOS PÚBLICOS PARA FINS PUBLICITÁRIOS NO ÂMBITO DO MUNICÍPIO DE BOFETE, ESTADO DE SÃO PAULO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PARA CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA CULTURA E ECONOMIA CRIATIVA, VISANDO À REALIZAÇÃO DE EVENTO CULTURAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - Presidente, Vice, Secretarios</t>
+  </si>
+  <si>
+    <t>REAJUSTA OS SALÁRIOS E VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>DENOMINA “MARIA DE JESUS EBÚRNEO E SILVA, CARINHOSAMENTE CONHECIDA COMO DONA LILI”, O PRÉDIO DA SEDE DA DIRETORIA MUNICIPAL DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Legislativo nº 10 de 2025</t>
+  </si>
+  <si>
+    <t>Poder Legislativo - Vereador</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O SISTEMA ÚNICO E INTEGRADO DE VIDEOMONITORAMENTO NO MUNICÍPIO DE BOFETE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -363,82 +603,742 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="40.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="37" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>3181</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>3168</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>3169</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>3170</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>3171</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>3172</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>3173</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>3174</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>3175</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>3176</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>3177</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>3178</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>3179</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>3180</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>3182</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>3183</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>3186</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
+        <v>47</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>3139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>3162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>3163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>3164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>3161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" t="s">
+        <v>56</v>
+      </c>
+      <c r="D23" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" t="s">
+        <v>57</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>3166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>3167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>3160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" t="s">
+        <v>64</v>
+      </c>
+      <c r="D26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>3161</v>
+      </c>
+      <c r="B27" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" t="s">
+        <v>49</v>
+      </c>
+      <c r="E27" t="s">
+        <v>57</v>
+      </c>
+      <c r="F27" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>3162</v>
+      </c>
+      <c r="B28" t="s">
+        <v>58</v>
+      </c>
+      <c r="C28" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" t="s">
+        <v>49</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>3163</v>
+      </c>
+      <c r="B29" t="s">
+        <v>58</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>49</v>
+      </c>
+      <c r="E29" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>3164</v>
+      </c>
+      <c r="B30" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" t="s">
+        <v>49</v>
+      </c>
+      <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>3165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" t="s">
+        <v>49</v>
+      </c>
+      <c r="E31" t="s">
+        <v>67</v>
+      </c>
+      <c r="F31" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>3185</v>
+      </c>
+      <c r="B32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" t="s">
+        <v>70</v>
+      </c>
+      <c r="F32" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>3184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>58</v>
+      </c>
+      <c r="C33" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" t="s">
+        <v>72</v>
+      </c>
+      <c r="F33" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>3145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>58</v>
+      </c>
+      <c r="C34" t="s">
+        <v>73</v>
+      </c>
+      <c r="D34" t="s">
+        <v>74</v>
+      </c>
+      <c r="E34" t="s">
+        <v>75</v>
+      </c>
+      <c r="F34" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>